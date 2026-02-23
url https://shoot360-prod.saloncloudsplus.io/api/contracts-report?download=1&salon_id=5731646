--- v0 (2026-01-08)
+++ v1 (2026-02-23)
@@ -17,134 +17,209 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="30 Days Cancellations" sheetId="1" r:id="rId4"/>
     <sheet name="Current Day Cancellations" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'30 Days Cancellations'!$A$1:$G$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Current Day Cancellations'!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Site ID</t>
   </si>
   <si>
     <t>Site Name</t>
   </si>
   <si>
     <t>Client Name</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Termination Date</t>
   </si>
   <si>
     <t>Contract Name</t>
   </si>
   <si>
     <t>Shoot 360 - Vancouver</t>
   </si>
   <si>
-    <t>Wesley Boatright</t>
-[...14 lines deleted...]
-    <t>cflores7104@gmail.com</t>
+    <t>Jaxon Novotny</t>
+  </si>
+  <si>
+    <t>ryannovotny85@gmail.com</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>Unlimited | M2M Membership</t>
+  </si>
+  <si>
+    <t>Mercy Wilde</t>
+  </si>
+  <si>
+    <t>smilintristan@hotmail.com</t>
+  </si>
+  <si>
+    <t>Pro 8x 3 Month Membership</t>
+  </si>
+  <si>
+    <t>Langston Pam</t>
+  </si>
+  <si>
+    <t>Cameron.32090@gmail.com</t>
   </si>
   <si>
     <t>Unlimited | 6 Month Membership</t>
   </si>
   <si>
-    <t>Weston Matheney</t>
-[...35 lines deleted...]
-    <t>jennithomas27@gmail.com</t>
+    <t>All-Star+ Unlimited 3 Month Membership</t>
+  </si>
+  <si>
+    <t>Brooks Downing</t>
+  </si>
+  <si>
+    <t>shelleyjesse@gmail.com</t>
+  </si>
+  <si>
+    <t>4x/Month | M2M Membership</t>
+  </si>
+  <si>
+    <t>Hudson Frey</t>
+  </si>
+  <si>
+    <t>hbleth1218@yahoo.com</t>
+  </si>
+  <si>
+    <t>Romeo Vilkin</t>
+  </si>
+  <si>
+    <t>milesvilkin58@gmail.com</t>
+  </si>
+  <si>
+    <t>Malaurie Crawford</t>
+  </si>
+  <si>
+    <t>laurie.crawford18@gmail.com</t>
+  </si>
+  <si>
+    <t>Ben Schultz</t>
+  </si>
+  <si>
+    <t>da_schultz@hotmail.com</t>
+  </si>
+  <si>
+    <t>Unlimited  | 3 Month Membership</t>
+  </si>
+  <si>
+    <t>Jacob Cann</t>
+  </si>
+  <si>
+    <t>ajcann3@gmail.com</t>
+  </si>
+  <si>
+    <t>James Cunningham</t>
+  </si>
+  <si>
+    <t>james.donald.cunningham@gmali.com</t>
+  </si>
+  <si>
+    <t>KaMelo Lyons</t>
+  </si>
+  <si>
+    <t>blyons36@yahoo.com</t>
+  </si>
+  <si>
+    <t>nabil ali</t>
+  </si>
+  <si>
+    <t>nabilali0303@yahoo.com</t>
+  </si>
+  <si>
+    <t>Dawson Avery</t>
+  </si>
+  <si>
+    <t>guynavery@gmail.com</t>
+  </si>
+  <si>
+    <t>Jack Rummel</t>
+  </si>
+  <si>
+    <t>ccjnrummel@gmail.com</t>
+  </si>
+  <si>
+    <t>Ethan Nera</t>
+  </si>
+  <si>
+    <t>jcn888@comcast.net</t>
+  </si>
+  <si>
+    <t>02/28/2026</t>
+  </si>
+  <si>
+    <t>Zachary Nera</t>
+  </si>
+  <si>
+    <t>Jaxson Hughes</t>
+  </si>
+  <si>
+    <t>Susan2313@comcast.net</t>
+  </si>
+  <si>
+    <t>Eligha Carter</t>
+  </si>
+  <si>
+    <t>cece3030@hotmail.com</t>
+  </si>
+  <si>
+    <t>Tyus Evans</t>
+  </si>
+  <si>
+    <t>infoprotechbasketball@gmail.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF3254a8"/>
       <name val="Calibri"/>
@@ -462,263 +537,654 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G9"/>
+  <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="20" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2">
         <v>5731646</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>5039367257</v>
+        <v>3605663823</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3">
         <v>5731646</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3">
-        <v>3603062780</v>
+        <v>5032613948</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
         <v>5731646</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4">
-        <v>3606192866</v>
+        <v>3606077160</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>5731646</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5">
+        <v>5032613948</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>5731646</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6">
-        <v>3609849066</v>
+        <v>5037534868</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>5731646</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E7">
-        <v>5033512753</v>
+        <v>5032613948</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>5731646</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8">
-        <v>5033512753</v>
+        <v>3609018623</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>5731646</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9">
+        <v>3606009270</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10">
+        <v>5731646</v>
+      </c>
+      <c r="B10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="E9">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="E10">
+        <v>3607199435</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11">
+        <v>5731646</v>
+      </c>
+      <c r="B11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11">
+        <v>3606080910</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12">
+        <v>5731646</v>
+      </c>
+      <c r="B12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12">
+        <v>3609094095</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13">
+        <v>5731646</v>
+      </c>
+      <c r="B13" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13">
+        <v>3609314629</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14">
+        <v>5731646</v>
+      </c>
+      <c r="B14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14">
+        <v>5032613948</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15">
+        <v>5731646</v>
+      </c>
+      <c r="B15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15">
+        <v>3609094095</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16">
+        <v>5731646</v>
+      </c>
+      <c r="B16" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16">
+        <v>3607219429</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17">
+        <v>5731646</v>
+      </c>
+      <c r="B17" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17">
+        <v>3609018623</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18">
+        <v>5731646</v>
+      </c>
+      <c r="B18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" t="s">
+        <v>37</v>
+      </c>
+      <c r="D18" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18">
+        <v>2067936370</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19">
+        <v>5731646</v>
+      </c>
+      <c r="B19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19">
+        <v>3603562666</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20">
+        <v>5731646</v>
+      </c>
+      <c r="B20" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20">
+        <v>3607732429</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21">
+        <v>5731646</v>
+      </c>
+      <c r="B21" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21">
+        <v>3606077160</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22">
+        <v>5731646</v>
+      </c>
+      <c r="B22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22">
+        <v>3608579475</v>
+      </c>
+      <c r="F22" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23">
+        <v>5731646</v>
+      </c>
+      <c r="B23" t="s">
+        <v>7</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23">
+        <v>3608579475</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24">
+        <v>5731646</v>
+      </c>
+      <c r="B24" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" t="s">
+        <v>47</v>
+      </c>
+      <c r="D24" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24">
+        <v>5039754874</v>
+      </c>
+      <c r="F24" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25">
+        <v>5731646</v>
+      </c>
+      <c r="B25" t="s">
+        <v>7</v>
+      </c>
+      <c r="C25" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" t="s">
+        <v>50</v>
+      </c>
+      <c r="E25">
+        <v>2088992759</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26">
+        <v>5731646</v>
+      </c>
+      <c r="B26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" t="s">
+        <v>51</v>
+      </c>
+      <c r="D26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26">
+        <v>3605909268</v>
+      </c>
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G1"/>